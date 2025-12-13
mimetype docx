--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -272,51 +272,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية كفل حارس القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية زيتا جماعين شمالاً. (محافظة نابلس)قرية قيرة شرقاً ومن الشمال الشرقي.قرية مردا من الجنوب الشرقي. مدينة سلفيت جنوباً.قرية حارس غرباً ومن الجنوب الغربي.و بلدة دير إستيا من الشمال الغربي.</w:t>
+        <w:t xml:space="preserve">قرية زيتا جماعين شمالاً. (محافظة نابلس)قرية قيرة شرقاً ومن الشمال الشرقي.قرية مردا من الجنوب الشرقي. مدينة سلفيت جنوباً.قرية حارس غرباً ومن الجنوب الغربي.و بلدة دير إستيا من الشمال الغربي.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>سبب التسمية</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">يرجع سبب تسمية القرية بهذا الاسم نسبةً إلى النبي ذو الكفل الذي يقال أنه مدفون فيها، وهي بلدة كنعانية يقال أنها كانت تسمى تمنة حارس بمعنى نصيب من الشمس، ومع مرور الوقت استبدلت كلمة تمنة بكلمة كفل.</w:t>
@@ -868,51 +868,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">إعداد: رشا السهلي، استناداً للمراجع التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">الدباغ، مصطفى. "بلادنا فلسطين-الجزء الثاني- القسم الثاني- في الديار النابلسية (1)". دار الهدى. كفر قرع. ط 1991. ص: 529- 530- 531-  532.دليل بلدة كفل حارس، معهد الأبحاث التطبيقية- أريج، القدس، ص: 4-5-6-10-21-22-23-24-25."Reoprt and general abstracts of the census of 1922". Compiled by J.B. Barron.O.B. E, M.C.P: 26أ.ملز B.A.O.B.B. "إحصاء نفوس فلسطين لسنة 1931". (1932). القدس: مطبعتي دير الروم كولدبرك. ص: 60."Village statistics1945". وثيقة رسمية بريطانية. 1945. ص: 18."التجمعات السكانية في محافظة سلفيت حسب نوع التجمع، وتقديرات اعداد السكان، 2007-2016"، وكالة وفا للأنباء والمعلومات، تاريخ المشاهدة: 23-6-2025."عدد السكان المقدر في منتصف العام لمحافظة سلفيت حسب التجمع 2017-2026، الجهاز المركزي للإحصاء الفلسطيني، تاريخ المشاهدة: 23-6-2025.</w:t>
+        <w:t xml:space="preserve">الدباغ، مصطفى. "بلادنا فلسطين-الجزء الثاني- القسم الثاني- في الديار النابلسية (1)". دار الهدى. كفر قرع. ط 1991. ص: 529- 530- 531-  532.دليل بلدة كفل حارس، معهد الأبحاث التطبيقية- أريج، القدس، ص: 4-5-6-10-21-22-23-24-25."Reoprt and general abstracts of the census of 1922". Compiled by J.B. Barron.O.B. E, M.C.P: 26أ.ملز B.A.O.B.B. "إحصاء نفوس فلسطين لسنة 1931". (1932). القدس: مطبعتي دير الروم كولدبرك. ص: 60."Village statistics1945". وثيقة رسمية بريطانية. 1945. ص: 18."التجمعات السكانية في محافظة سلفيت حسب نوع التجمع، وتقديرات اعداد السكان، 2007-2016"، وكالة وفا للأنباء والمعلومات، تاريخ المشاهدة: 23-6-2025."عدد السكان المقدر في منتصف العام لمحافظة سلفيت حسب التجمع 2017-2026، الجهاز المركزي للإحصاء الفلسطيني، تاريخ المشاهدة: 23-6-2025.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="800" w:right="800" w:bottom="800" w:left="800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>