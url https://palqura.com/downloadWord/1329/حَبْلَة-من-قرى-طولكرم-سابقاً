--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -219,51 +219,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية حبلة القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">عرب الرماضين الجنوبي شمالاً.وادي الرشا من الشمال الشرقي.قريتي الضبعة و رأس عطية شرقاً.قرية كفر برا جنوباً (قرية من قضاء طولكرم احتلت عام 1948 وه من قرى الداخل الفلسطيني المحتل)الأراضي الفلسطينية المحتلة عام 1948 غرباً.و مدينة قلقيلية من الشمال الغربي.</w:t>
+        <w:t xml:space="preserve">عرب الرماضين الجنوبي شمالاً.قرية وادي الرشا من الشمال الشرقي.قريتيْ الضبعة و رأس عطية شرقاً.قرية كفر برا جنوباً (قرية من قضاء طولكرم احتلت عام 1948 وه من قرى الداخل الفلسطيني المحتل)الأراضي الفلسطينية المحتلة عام 1948 غرباً.ومدينة قلقيلية من الشمال الغربي.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>الاستيطان في القرية</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تحيط بحبلة مستوطنات عده فمن الشمال مستوطنة ألفي منشة ومن الجنوب مستوطنة متان ومن الشرق مستوطنة اورانيت. حيث التهمتهذه المستوطنات ما مساحته 1250 دونم.</w:t>