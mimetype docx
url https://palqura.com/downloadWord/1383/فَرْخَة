--- v0 (2025-10-09)
+++ v1 (2026-02-02)
@@ -191,51 +191,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية فرخة القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">امتداد أراضي مدينة سلفيت شمالاً إلى الشمال الشرقي.مركز مدينة سلفيت شرقاً.قرية خربة قيس تليها مزارع النوباني من الجنوب الشرقي.قراوة بني زيد جنوباً.قرية بروقين غرباً إلى الشمال الغربي.</w:t>
+        <w:t xml:space="preserve">امتداد أراضي مدينة سلفيت شمالاً إلى الشمال الشرقي.مركز مدينة سلفيت شرقاً.قرية خربة قيس تليها مزارع النوباني من الجنوب الشرقي.قراوة بني زيد جنوباً.قرية بروقين غرباً إلى الشمال الغربي.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>السكان</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">قدر عدد سكان فرخة عام 1922 بـ 210 نسمة.ارتفع في عام 1931 إلى 304 نسمة.وفي عام 1945 سجل عددهم 380 نسمة.ليرتفع في عام 1961 إلى 564 نسمة.في عام 1997 بلغ عدد سكان القرية 1117 نسمة.في عام 2007 بلغ عددهم 1348 نسمة.في عام 2017 وصل عددهم إلى 1636 نسمة.ارتفع في عام 2018 إلى 1675 نسمة.وفي عام 2019 بلغ 1714 نسمة.في عام 2020 وصل عددهم إلى 1755 نسمة.عام 2021 ارتفع إلى 1796 نسمة.في عام 2022 إلى 1837 نسمة.في عام 2023 وصل عددهم إلى 1879 نسمة.</w:t>