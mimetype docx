--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -275,51 +275,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية باقة الحطب القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية كفر عبوش شمالاً. (محافظة طولكرم)قرية حجة شرقاً ومن الشمال الشرقي. قرية جنصافوط من الجنوب الشرقي.قرية كفر لاقف جنوباً.خربة صير إلى الجنوب الغربي.قرية عزبة أبو حمادة غرباً إلى الشمال الغربي.</w:t>
+        <w:t xml:space="preserve">قرية كفر عبوش شمالاً. (محافظة طولكرم)قرية حجة شرقاً ومن الشمال الشرقي. قرية جنصافوط من الجنوب الشرقي.قرية كفر لاقف جنوباً.قرية خربة صير إلى الجنوب الغربي.عزبة أبو حمادة غرباً إلى الشمال الغربي.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>الآثار</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">من معالمها التاريخية الرومانية مغارة سودة، البركة، عدة احواض لري المواشي.</w:t>