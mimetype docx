--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -194,51 +194,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية بيت أمين القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية عزبة الأشقر شمالاً.قرية سنيريا من الشرق والشمال الشرقي. (محافظة قلقيلية)قرية مسحة من الجنوب الشرقي. (محافظة نابلس)قرية عزون العتمة جنوباً.بلدة كفر قاسم من الجنوب الغربي. (من قرى الداخل الفلسطيني المحتل سابقاً كانت من قضاء طولكرم)وقرية عزبة سلمان غرباً. (محافظة قلقيلية)</w:t>
+        <w:t xml:space="preserve">قرية عزبة الأشقر شمالاً.قرية سنيريا من الشرق والشمال الشرقي. (محافظة قلقيلية)قرية مسحة من الجنوب الشرقي. (محافظة نابلس)قرية عزون عتمة جنوباً.بلدة كفر قاسم من الجنوب الغربي. (من قرى الداخل الفلسطيني المحتل سابقاً كانت من قضاء طولكرم)وقرية عزبة سلمان غرباً. (محافظة قلقيلية)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>القرية وجدار الفصل العنصري</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">منذ عام 2002 عندما شرعت سلطات الاحتلال بإنشاء جدار الفصل العنصري، وحال قرية بيت أمين كحال مدينة قلقيلية وقراها التي بات جدار الفصل العنصري يحيطها من معظم الجهات وبات أشبه بالسجن الكبير الذي تحيط أسواره هذه المدينة وقراها.وبشكل أكثر تفصيلاً فقد عزل الجدار من أراضي بيت أمين منذ عام 2002 وحتى اليوم ما مساحته 88 دونم من أراضيها وقد فصل الجدار العازل هذه المساحة من أراضي القرية عن باقي أجزاءها.الجدير بالذكر أن الجدار يخترق أراضي القرية من جهات الشرق إلى الجنوب نحو الغرب وهو ما يشكل عائق أمني واقتصادي كبير أمام أهل القرية في تنقلاتهم من وإلى خارج القرية.</w:t>