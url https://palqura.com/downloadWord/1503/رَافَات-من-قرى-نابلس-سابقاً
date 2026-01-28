--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -180,51 +180,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تتوسط قرية رافات القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية الزاوية شمالاً.قرية كفر الديك شرقاً إلى الجنوب الشرقي.قرية دير بلوط جنوباً.قرية كفر قاسم غرباً إلى الشمال الغربي.</w:t>
+        <w:t xml:space="preserve">قرية الزاوية شمالاً.قرية كفر الديك شرقاً إلى الجنوب الشرقي.قرية دير بلوط جنوباً.مدينة كفر قاسم غرباً إلى الشمال الغربي.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>سبب التسمية</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">يعود سبب تسمية القرية بهذا الاسم نسبةً للراحة والرفاه، حيث كانترافات قديماً مكاناً للراحة والاستجمام، وفي رواية أخرى يقال أنها سميت كذلك لكثرة رفات العظام في أراضيها.</w:t>