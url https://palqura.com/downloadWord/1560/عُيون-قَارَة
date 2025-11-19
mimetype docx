--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -99,118 +99,118 @@
         <w:bidi/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">عُيون قَارَة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية فلسطينية مزالة قبل النكبة، كانت مدرجة في منطقة السهل الساحلي، شمال غربي مدينة الرملة وعلى مسافة 7.5 كم عنها، بارتفاع لا يزيد عن 25 مترًا عن مستوى سطح البحر.</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">كانت أراضي قارة أول قرية فلسطينية تشهد عملية الاستيطان في فلسطين، حيث استولت جمعية أحباء صهيون على الأراضي المحتلة وبدأت بتفيذ للاستيطاني والتطهير الإقليمي لأراضي قرية قارة وتهجير أبناءها العرب منها، وسرعان ما فتحت ثلاثينيات القرن لم يبقً في عيون قارة أي وجود عربي، وتحول اسم المدينة لاسم مستعمرة"ريشون ليتسيون" بعد أن طُر منها أراضيها</w:t>
+        <w:t xml:space="preserve">قرية فلسطينية مزالة قبل النكبة، كانت قائمة في منطقة السهل الساحلي، شمال غربي مدينة الرملة وعلى مسافة 7.5كم عنها، بارتفاع لايزيد عن 25م عن مستوى سطح البحر.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدرت مساحة أراضي عيون قارة بـ 45 ألف دونم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">كانت عيون قارة أول قرية فلسطينية تشهد عملية الاستيطان في فلسطين، حيث استولت جمعية أحباء صهيون على أراضيها وبدأت بتفيذ المخطط الاستيطاني لتهجير أبناءها العرب منها، وبحلول الثلاثينات من القرن العشرين كانت عيون قارة قد لت من جميع أصحابها العرب.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>الحدود</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">كانت قرية عيون قارة تتوسط القرى والبلدات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قرية بيت دجن شمالاً. (قضاء يافا)قرية السافرية من الشمال الشرقي. (قضاء يافا)قرية صرفند العمار شرقاً إلى الجنوب الشرقي.قرية صرفند الخراب جنوباً نحو الجنوب الغربي.امتداد أراضي القرية ذاتها غرباً وينتهي بالبحر الأبيض المتوسط من جهتي الغرب والشمال الغربي بالنسبة لقرية عيون قارة</w:t>
+        <w:t xml:space="preserve">قرية بيت دجن شمالاً. (قضاء يافا)قرية السافرية من الشمال الشرقي. (قضاء يافا)قرية صرفند العمار شرقاً إلى الجنوب الشرقي.قرية صرفند الخراب جنوباً نحو الجنوب الغربي.امتداد أراضي القرية ذاتها غرباً وينتهي بالبحر الأبيض المتوسط من جهتي الغرب والشمال الغربي بالنسبة لقرية عيون قارة.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>القرية اليوم</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">لم يبقَ من قرية عيون قارة أي أثر يدل على الوجود العربي فيها، أما مستعمرة ريشون ليتصيون/ ليتسيون باتت بحسب سلطات الاحتلال رابع مدينة لدى الكيان من حيث عدد المستوطنين، حيث أنشأ الصهاينة على أراضي عيون قارة مجموعة من المباني والمراكز التعليمية والخدمية أبرزها معهد وايزمن للعلوم</w:t>
@@ -283,51 +283,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">أما كلمة قارة: بفتح القاف والراء فتعني باللغة العربية جبيل أي تصغير جبل، وهي أيضاً أعظم الآكام، والبعض يزيد بالوصف ويقول أنها المنقطع من الجبل، وقيل: الأرض ذات الحجارة السوداء وجمعها قور، وقار وقارات وقيران.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">وهناك بلدة سوريَّة في منطقة القلمون في محافظة ريف دمشق تحمل ذات الاسم ولها ذات الوصف الجغرافي تقريباً.</w:t>
+        <w:t xml:space="preserve">وهناك بلدة سوريَّة في منطقة القلمون في محافظة ريف دمشق تحمل ذات الاسم ولها ذات الوصف الجغرافي تقريباً</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>أهالي القرية اليوم</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">لاتتوفر لدينا أي معلومات حول الوجهة التي قصدها أبناء عيون قارة بعد تهجيرهم واحتلال قريتهم، ولكن نرجح أنهم قصدوا المناطق والقرى المجاورة نرجو ممن تتوفر لديه أي معلومة حول أماكن تواجد أبناء القرية أو على معرفة بهم التواصل معنا لتصحيح أي معلومة تتعلق بها</w:t>