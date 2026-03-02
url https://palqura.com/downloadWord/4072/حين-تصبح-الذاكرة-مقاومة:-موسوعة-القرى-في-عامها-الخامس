--- v0 (2026-01-20)
+++ v1 (2026-03-02)
@@ -113,51 +113,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">حين تصبح الذاكرة مقاومة: موسوعة القرى في عامها الخامس</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">لندن/ ريم العتي</w:t>
+        <w:t xml:space="preserve">لندن/ ريم العتيبي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ذكرى مرور خمس سنوات على انطلاق موسوعة القرى التابعة لأكاديمية دراسات اللاجئين، أكتب هذه الكلمات بكل فخر وامتنان، مهداة إلى هذا الصرح المعرفي الرائع وإلى كل من آمن به، وساهم في بنائه، وحمل همّ الذاكرة الفلسطينية بصدق وإخلاص. خمس سنوات لم تكن مجرد زمنٍ عابر، بل كانت مسارًا من العمل الدؤوب في مواجهة محاولات الطمس والتزييف، وإعادة الاعتبار للتاريخ الحقيقي لهذه الأرض.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>