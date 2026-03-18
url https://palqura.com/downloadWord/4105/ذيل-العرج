--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -138,65 +138,65 @@
         <w:t xml:space="preserve">الصورة تقريبية وليست حقيقية</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>القرية اليوم</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">كانت تُصنف كقرية "غير معترف بها" من قبل السلطات الإسرائيلية.</w:t>
+        <w:t xml:space="preserve">كانت تُصنف كقرية "غير معترف بها" من قبل الاحتلال</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">قام الاحتلال بهدم القرية ومحوها عن وجه الأرض  عام 1991   وكانت تقع بجوار مستوطنة "كفار حروشيت".</w:t>
+        <w:t xml:space="preserve">قام الاحتلال بهدم القرية ومحوها عن وجه الأرض  عام 1991   وكانت تقع بجوار مستوطنة "كفار حروشيت".</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>الشخصيات والأعلام</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">برز اسم القرية في الأوساط الثقافية من خلال الكاتبة الفلسطينية شيخة حليوى، التي ولدت ونشأت فيها، وغالباً ما تستحضر القرية في أعمالها القصصية والروائية كرمز للهوية والذاكرة المفقودة.</w:t>