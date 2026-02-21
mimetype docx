--- v0 (2025-10-08)
+++ v1 (2026-02-21)
@@ -541,50 +541,120 @@
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">جميع سكان القرية ينحدرون من جد واحد هو مصطفى العيسى، وتفرع عن هذه العائلة العائلات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">عائلة العيسى.عائلة العوض.عائلة دياب.عائلة ابراهيم.عائلة المزيد.عائلة شحادة.عائلة سرحان.عائلة زيادة.عائلة الياسين.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">من رجالات البلد: المرحوم إسماعيل حسن علي (أبو علي)، من عشيرة الكرمة، وُلد عام 1938 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">هُجّر عام 1948 من قريته خيام وليد إلى محافظة القنيطرة، شأنه شأن آلاف الفلسطينيين الذين أُجبروا على ترك بيوتهم وأراضيهم بفعل الاحتلال.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">وفي عام النكسة 1967، انتقل إلى مخيم خان دنون، حيث استقر وعاش بقية حياته، محافظًا على هويته الفلسطينية وذاكرة قريته ووطنه في قلبه.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">توفي عام 2019 في مخيم خان دنون، بعد رحلة طويلة من اللجوء والصبر، تاركًا خلفه سيرة رجل عاش متمسكًا بأرضه وحقه رغم الغربة والحرمان.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc7"/>
       <w:r>
         <w:t>الحياة الاقتصادية</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">اعتمد اقتصاد القرية على الزراعة بشكل أساسي، وقد ساعدت وفرة المياه وخصوبة التربة التي كانت في معظمها بازلتية سوداء، بالإضافة للمناخ المعتدل على ازدهار النشاط الزراعي، كما كانت أراضي القرية مراعي منسبة لقطعان كبيرة من الجواميس والأبقار ويرها من الماشية، وبالتالي فقد شكلت عائدات النشاط الزراعي وتربية الماشية مورداً هاماً من موارد اقتصادر القرية، بالإضاقة لعمليات التبادل التجاري التي نشأت بين أهل القرية والقرى والبلدات السورية والفلسطينية المجاورة.</w:t>