--- v0 (2025-11-14)
+++ v1 (2026-02-23)
@@ -100,50 +100,64 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">أم العمد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">قرية أم العمد  تقع إلى الجنوب الشرقي من مدينة حيفا وتبعد عنها 18كم، دمرت سلطات الاحتلال القرية عام 1948م، وبلغت مساحتها أراضيها المسلوبة حوالي 9100 دونما، وأقيمت عليها مستوطنة (موشاف ألوني إبا) عام 1948م، وقرية ألمانية هي (فالدهايم)، بلغ عدد سكانها 260 عام 1945م.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">قرية فلسطينية مهجرة كانت قائمة جنوب شرقي مدينة حيفا وعلى مسافة 18 كم عنها، بارتفاع </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>الموقع والمساحة</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> - تقع قرية أم العمد جنوب شرق حيفا ، وتبعد عنها حوالي 18كم .</w:t>