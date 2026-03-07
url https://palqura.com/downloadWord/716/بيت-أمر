--- v0 (2026-01-07)
+++ v1 (2026-03-07)
@@ -1668,93 +1668,149 @@
         <w:t xml:space="preserve">الباحث علاء عادي ابن القرية </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc8"/>
       <w:r>
         <w:t>عائلات القرية وعشائرها</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">تصنيف العائلات في بيت أمر : تنقسم بيت أمر إلى حمولتين رئيسيتين وهما ￼البراهيش) و (الوهادين):-</w:t>
+        <w:t xml:space="preserve">تصنيف العائلات في بيت أمر : تنقسم بيت أمر إلى حمولتين رئيسيتين وهما ￼البراهيش) و (الوهادين):-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">البراهيش : وتشكل قرابة 69% من القاطنين في القرية، وتضم العائلات التالية:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">آل عادي( وتعتبر أول عائلة تسكن البلدة (أصل البلد) وكانت تمتلك معظم أراضي البلدة حتى وقت قريب )،وتضم العائلة ( شويهة وثلجي ودحنون وجعفر ومصلح ومفلح والحصان وعويضة ودراويش . آل إخليل(ويندرج تحت اسمها قوقاس) . آل أبو عياش(وينضم تحت اسمها بريغيث وانعيم ). آل العلامي(وتعتبر عائلة الشهداء).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">'الوهادين : تشكل  من 30 -40 % حسب بعض المتابعين ومنهم من اوصلها إلى 45%  وتضم العائلات التالية': آل الزعاقيق/عوض(وينضم تحت اسمها مطلق وعرار والشقدام) آل الصبارنة(وينضم تحت اسمها عمار ). أبو مارية وأيضا مايعرف بالوهادين ، آل الصليبي /آل بحر / آل علقم.</w:t>
+        <w:t xml:space="preserve">'الوهادين : تشكل  من 30 -40 % حسب بعض المتابعين ومنهم من اوصلها إلى 45%  وتضم العائلات التالية': آل الزعاقيق/عوض(وينضم تحت اسمها مطلق وعرار والشقدام) آل الصبارنة(وينضم تحت اسمها عمار ). أبو مارية وأيضا مايعرف بالوهادين ، آل الصليبي /آل بحر / آل علقم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آل الفراجين </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آل ابوخوصة </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آل العمارين </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آال السخارنة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">أيضا هنالك عائلات من اللاجئين والمغتربين قدمت الى البلدة وهم: عائلة التعامرة (ابو دية وابو ريان) عائلة مقبل عائلة الطيط عائلة الشوبكي عائلة اخميس عائلة الحوساني عائلة ابو عواد(العوادي) عائلة البدوي عائلة العمري عائلة شتات</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1780,51 +1836,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">المرجع</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">الباحث علاء عادي ابن القرية </w:t>
+        <w:t xml:space="preserve">الباحث علاء عادي ابن القرية</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc9"/>
       <w:r>
         <w:t>البنية المعمارية</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">البنية التحتية: الاتصالات : حوالي 80 % من الوحدات السكنية موصولة بشبكة الاتصالات . المياه والكهرباء :وصلت البلدة بشبكة المياه والكهرباء عام 1973 م ,وقرابة 98 % من الوحدات السكانية موصولة بالشبكة . ويمتد من اول البلد الى اخرها شارع رئيسي يوصلها بقرية صوريف المجاورة للبلدة مؤسسات البلدة: جمعية بيت امر الخيرية جمعية بيت امر لرعاية الايتام نادي شباب بيت امر الرياضي جمعية خريجي بيت امر مستوصف الحكمة التخصصي مستوصف جمعية بيت امر الخيرية مستشفى الشيخة فاطمة بنت مبارك لرعاية المعاقين مدارس البلدة:- مدرسة بيت امر الثانوية للبنين مدرسة بيت امر الثانوية للبنات مدرسة بيت امر الاساسية مدرسة الالمانية الاساسية مدرسة صافا الاساسية مدرسة ذكور بيت امر الاساسية مدرسة بنات بيت امر الاساسية مدرسة البقعة بالاضافة لعدد من رياض الاطفال الموزعة على جميع مناطق البلدة</w:t>