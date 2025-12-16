--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -99,51 +99,79 @@
         <w:bidi/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">السواحرة الغربية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">   السواحرة الغربية بلدة فلسطينية من بلدات القدس، يبلغ عدد سكانها حوالي 31.000 نسمة، وهي مكونة من سبعة أحياء، متلاصقة ومتصلة بعضها ببعض. و تتكون من عدّة جبال ومناطق منها الشّيخ سعد وجبل القنبر والجبل الرئيسي جبل المكبر وحي الصلعة، وفي عام 2003 قامت وزارة الأمن الصهيونيّة بمصادرة أراض في السواحرة الغربية وفصل حي الشيخ سعد من اجل أقامة جزء من الجدار الفاصل بزعم أنّ سكان الحي يشكلون خطرا علي امن الاحتلال.</w:t>
+        <w:t xml:space="preserve">قرية فلسطينية حالية، تقع على سفح جبل المكبر جنوب شرقي مدينة القدس وعلى مسافة 4 كم عنها، بارتفاع يصل إلى 617 م عن مستوى سطح البحر.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">تبلغ مساحة السواحرة الغرببة وجبل المكبر معاً حوالي 5023 دونم، وتشغل أبنية ومنازل البلدتين حوالي 1563 دونم من مجمل تلك المساحة.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">احتلت السواحرة الغربية كما قرى وبلدات الضفة الغربية أثناء عدوان الخامس من حزيران/ يونيو 1967 وبحسب اتفاق أوسلو الموقع بين منظمة التحرير الفلسطينية وحكومة الاحتلال عام 1993 بقيت أراضي قريتي السواحرة الغربية وجبل المكبر تتبع لإدارة بلدية القدس التي تديرها سلطات الاحتلال ولم تخضغ لأي تصنيف من التصنيفات التي تم اعتمادها في مختلف محافظات الضفة الغربية وقطاع غزة.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>الحدود</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تحدّها القرى والبلدات التالية: </w:t>