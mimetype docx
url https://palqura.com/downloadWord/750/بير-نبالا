--- v0 (2025-10-22)
+++ v1 (2026-02-23)
@@ -85,51 +85,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1002" type="#_x0000_t32" style="width:500pt; height:0pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:stroke weight="1pt" color="000000"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:bidi/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">بير نبالا</w:t>
+        <w:t xml:space="preserve">بِيْر نَبَالْا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">بلدة بير نبالا، هي إحدى بلدات محافظة القدس، وتقع شمال غرب مدينة القدس، وعلى بعد 8.7 كم هوائي منها، يحدها من الشرق الرام، ومن الشمال الجديرة، ومن الغرب الجيب ومن الجنوب بيت حنينا البلد </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>