--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -180,79 +180,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">تعداد السكان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">يبلغ عدد سكان قرية تقوع حوالي 9000 نسمة عام 2007, وهذه الإحصائية تشمل الأجزاء الاربعة الرئيسية التي تتكون منها البلدة وهي : تقوع , خربة تقوع , خربة الدير , الحلقوم .</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">والحلقوم 132 نسمة منهم 67 ذكور و65 إناث .</w:t>
+        <w:t xml:space="preserve">يبلغ عدد سكان قرية تقوع حوالي 9469 نسمة عام 2021 ,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">بينما بلغ عدد سكان القرية عام 1961 م وفق الإحصاء الاردني 555 نسمة .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -278,51 +250,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ويعمل سكان القرية في مختلف القطاعات على النحو التالي :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">65% ( من مجموع العاملين ) في أعمال البناء داخل إسرائيل .</w:t>
+        <w:t xml:space="preserve">65% ( من مجموع العاملين ) في أعمال البناء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">20% ( من مجموع العاملين ) في مجال الزراعة .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>