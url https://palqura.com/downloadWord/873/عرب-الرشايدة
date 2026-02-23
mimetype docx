--- v0 (2025-10-17)
+++ v1 (2026-02-23)
@@ -85,65 +85,65 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1002" type="#_x0000_t32" style="width:500pt; height:0pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:stroke weight="1pt" color="000000"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:bidi/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">عرب الرشايدة</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">قرية عرب الرشايدة</w:t>
+        <w:t xml:space="preserve">عرب الرشايدة: من القرى المهددة بالإزالة</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="rtlJustify"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">عَرب الرّشايدة هي قرية فلسطينيّة من قرى الضّفة الغربيّة تقعُ إلى الجنوب الشّرقي من محافظة بيت لحم على بُعد 18.7 كم منها</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>الموقع والمساحة</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">هي إحدى قرى محافظة بيت لحم، وتقع إلى الجنوب الشرقي من مدينة بيت لحم، وعلى بعد 18.7 كم هوائي (المسافة الأفقية بين مركز القرية ومركز مدينة بيت لحم) منها. يحدها من الشرق أراضي قرية كيسان، ومن الشمال قرية كيسان ومستوطنة عاموس، ومن الغرب أراضي بلدة سعير في محافظة الخليل، ومن الجنوب أراضي بلدة بني نعيم في محافظة الخليل.</w:t>