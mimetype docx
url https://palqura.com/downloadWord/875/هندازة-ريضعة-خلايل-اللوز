--- v0 (2025-10-17)
+++ v1 (2026-02-24)
@@ -85,51 +85,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1002" type="#_x0000_t32" style="width:500pt; height:0pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:stroke weight="1pt" color="000000"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:bidi/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">هندازة ريضعة خلايل اللوز</w:t>
+        <w:t xml:space="preserve">هندازة بريضعة خلايل اللوز</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="rtlJustify"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:eastAsia="Traditional Arabic" w:cs="Traditional Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">هي إحدى قرى محافظة بيت لحم، وتقع إلى الجنوب من مدينة بيت لحم، وعلى بعد 1 كم هوائي (المسافة الأفقية بين مركز القرية ومركز مدينة بيت لحم) منها. يحدها من الشرق بلدة جناتة وقرية بيت تعمر، ومن الشمال مدينة بيت ساحور، ومن الغرب مدينة بيت لحم، ومن الجنوب قرية خلة اللوزة.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>الموقع والمساحة</w:t>
       </w:r>